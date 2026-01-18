--- v0 (2025-11-15)
+++ v1 (2026-01-18)
@@ -1,82 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25225"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Snieguole\OneDrive - Ziburelis\Žiburėlis\Nuomos_dokumentai\Nuoma_2025\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Snieguole\OneDrive - Ziburelis\Žiburėlis\Nuomos_dokumentai\Nuoma_2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{291139AC-3D61-4789-B1AA-42637C59ECCF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3E8A506-1841-44B4-8E1A-A7AD5BA5AA71}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{5B5F811C-F92A-4EAF-8BA2-6C6D0F0E58D0}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapas1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...8 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Nuomininkas</t>
   </si>
   <si>
     <t>Eil.              Nr.</t>
   </si>
   <si>
     <t>Turto nuomos terminas</t>
   </si>
   <si>
     <t>Panaudojimo paskirtis</t>
   </si>
   <si>
     <t>Turto pavadinimas, plotas, adresas</t>
   </si>
   <si>
     <t>Valandinis įkainis Eur</t>
   </si>
   <si>
     <t>Suma už laikotarpį Eur</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
@@ -91,126 +81,158 @@
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>3.</t>
   </si>
   <si>
     <t>Keramikos akademija VŠĮ</t>
   </si>
   <si>
     <t>5.</t>
   </si>
   <si>
     <t>Krepšinio akademija ,,Snaiperis"</t>
   </si>
   <si>
     <t>6.</t>
   </si>
   <si>
     <t>Kauno Montesori mokyklos-darželio ,,Žiburėlis" nuomuojamos patalpos</t>
   </si>
   <si>
     <t>Snieguolė Šiupšinskaitė</t>
   </si>
   <si>
-    <t>Keramikos užsiėmimams vykdyti</t>
-[...1 lines deleted...]
-  <si>
     <t>Krepšinio treniruotėms vykdyti</t>
   </si>
   <si>
     <t>Sėkmingas sprendimas VŠĮ</t>
   </si>
   <si>
     <t>Direktoriaus pavaduotoja ūkio reikalams</t>
   </si>
   <si>
-    <t>2025-09-25              2025-12-31</t>
-[...4 lines deleted...]
-  <si>
     <t>Bananas UAB</t>
   </si>
   <si>
     <t>Būrelis ,,Mažoji medicinos mokykla"</t>
   </si>
   <si>
     <t>2025-09-26               2026-05-31</t>
   </si>
   <si>
     <t>2025-09-11               2026-05-31</t>
   </si>
   <si>
     <t>2025-09-11               2026-06-05</t>
   </si>
   <si>
     <t>130,77 kv.m ploto klasės patalpa (patalpa pažymėta plane 10-8) esanti Montesori mokyklos-darželio ,,Žiburėlis", Verkių g.36, Kaunas  (pastato unikalus Nr.1998-9019-7012)</t>
   </si>
   <si>
     <t>162 kv.m ploto salė (patalpa pažymėta plane 1-21) esanti Montesori mokyklos-darželio ,,Žiburėlis", Verkių g.36, Kaunas  (pastato unikalus Nr.1998-9019-6015)</t>
   </si>
   <si>
-    <t>17,65 kv.m ploto klasės patalpa (patalpa pažymėta plane 2-14) esanti Montesori mokyklos-darželio ,,Žiburėlis", Verkių g.36, Kaunas  (pastato unikalus Nr.1998-9019-6015)</t>
+    <t>2026-01-20             2026-05-30</t>
+  </si>
+  <si>
+    <t>2026-01-06              2026-05-28</t>
+  </si>
+  <si>
+    <t>Keramikos užsiėmimams vykdyti (darželis)</t>
+  </si>
+  <si>
+    <t>Keramikos užsiėmimams vykdyti (mokykla)</t>
+  </si>
+  <si>
+    <t>2026-01-07                   2026-06-05</t>
+  </si>
+  <si>
+    <t>Fizinis asmuo</t>
+  </si>
+  <si>
+    <t>2026-01-02                    2026-05-31</t>
+  </si>
+  <si>
+    <t>UAB ,,Edukacija"</t>
+  </si>
+  <si>
+    <t>Šokių užsiėmimams vykdyti</t>
+  </si>
+  <si>
+    <t>,,Bricks4kidz robotika su Lego“ būrelio užsiėmimams vykdyti</t>
+  </si>
+  <si>
+    <t>2026-01-09                   2026-05-31</t>
+  </si>
+  <si>
+    <t>17,65 kv.m ploto kabinetas (patalpa pažymėta plane 2-14) esanti Montesori mokyklos-darželio ,,Žiburėlis", Verkių g.36, Kaunas  (pastato unikalus Nr.1998-9019-6015)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F9F9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
@@ -247,71 +269,79 @@
       <top style="medium">
         <color rgb="FFDDDDDD"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -590,225 +620,291 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62AA0DCA-6516-49B7-A41C-7A3996A55D23}">
-  <dimension ref="A2:G13"/>
+  <dimension ref="A2:Q14"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="V23" sqref="V23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="4"/>
     <col min="2" max="2" width="19" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="4" customWidth="1"/>
     <col min="4" max="4" width="18" style="4" customWidth="1"/>
     <col min="5" max="5" width="16.5703125" style="4" customWidth="1"/>
     <col min="6" max="6" width="20.5703125" style="4" customWidth="1"/>
     <col min="7" max="7" width="13" style="4" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C2" s="4" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A3" s="5"/>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="7"/>
     </row>
-    <row r="4" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:17" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="173.25" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:17" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="3">
-        <v>192</v>
+        <v>272</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G5" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="157.5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:17" ht="157.5" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="3">
-        <v>84</v>
+        <v>123</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G6" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="173.25" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:17" ht="173.25" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E7" s="3">
         <v>155.31</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G7" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="157.5" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:17" ht="192" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="E8" s="3">
+        <v>80</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="3">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="8">
+      <c r="D9" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" s="8">
         <v>448</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="F9" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9" s="8">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="173.25" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="3">
+        <v>180</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="10"/>
+      <c r="B11" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="G8" s="8">
+      <c r="C11" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" s="3">
+        <v>60</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="173.25" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G9" s="3">
+    <row r="12" spans="1:17" ht="135" x14ac:dyDescent="0.25">
+      <c r="A12" s="10"/>
+      <c r="B12" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" s="3">
+        <v>60</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" s="3">
         <v>4</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="E13" s="4" t="s">
+      <c r="Q12" s="13"/>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="4" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>