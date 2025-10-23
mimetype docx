--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -2041,79 +2041,215 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A1D277C" w14:textId="57991A6D" w:rsidR="00F14BD4" w:rsidRPr="00A911DC" w:rsidRDefault="00F14BD4" w:rsidP="00F14BD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2977"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A911DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>„Liūtuko“ grupės ugdytiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14BD4" w:rsidRPr="00A911DC" w14:paraId="66793ACA" w14:textId="77777777" w:rsidTr="00085506">
+      <w:tr w:rsidR="00E21B4D" w:rsidRPr="00A911DC" w14:paraId="041476D8" w14:textId="77777777" w:rsidTr="00085506">
         <w:trPr>
           <w:trHeight w:val="217"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDF32C8" w14:textId="77777777" w:rsidR="00F14BD4" w:rsidRPr="00A911DC" w:rsidRDefault="00F14BD4" w:rsidP="00F14BD4">
+          <w:p w14:paraId="02865418" w14:textId="77777777" w:rsidR="00E21B4D" w:rsidRPr="00A911DC" w:rsidRDefault="00E21B4D" w:rsidP="00F14BD4">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2977"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6238" w:type="dxa"/>
           </w:tcPr>
+          <w:p w14:paraId="7654D67C" w14:textId="58C31C21" w:rsidR="00E21B4D" w:rsidRPr="00E21B4D" w:rsidRDefault="00E21B4D" w:rsidP="00F14BD4">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edukacinės veiklos „Pažink </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>disleksiją</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“, skirta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>disleksijos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mėnesiui paminėti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB554FA" w14:textId="47B0DDBF" w:rsidR="00E21B4D" w:rsidRPr="00A911DC" w:rsidRDefault="00E21B4D" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2-4 klasių kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A89C406" w14:textId="66DCBC59" w:rsidR="00E21B4D" w:rsidRPr="00A911DC" w:rsidRDefault="00E21B4D" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>20-31 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="723205C6" w14:textId="32219B3B" w:rsidR="00E21B4D" w:rsidRPr="00A911DC" w:rsidRDefault="00E21B4D" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2-4 klasių mokiniai, mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F14BD4" w:rsidRPr="00A911DC" w14:paraId="66793ACA" w14:textId="77777777" w:rsidTr="00085506">
+        <w:trPr>
+          <w:trHeight w:val="217"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FDF32C8" w14:textId="77777777" w:rsidR="00F14BD4" w:rsidRPr="00A911DC" w:rsidRDefault="00F14BD4" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6238" w:type="dxa"/>
+          </w:tcPr>
           <w:p w14:paraId="199CABFC" w14:textId="77777777" w:rsidR="00F14BD4" w:rsidRDefault="00F14BD4" w:rsidP="00F14BD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A911DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Projektinė veikla „Kuo turtingas rudenėlis?“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30AC30DF" w14:textId="1043F1B7" w:rsidR="00A911DC" w:rsidRPr="00A911DC" w:rsidRDefault="00A911DC" w:rsidP="00F14BD4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
@@ -2152,50 +2288,181 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>24 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15653399" w14:textId="148EA148" w:rsidR="00F14BD4" w:rsidRPr="00A911DC" w:rsidRDefault="00F14BD4" w:rsidP="00F14BD4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2977"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A911DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>2 klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA494B" w:rsidRPr="00A911DC" w14:paraId="0B62E2F2" w14:textId="77777777" w:rsidTr="00085506">
+        <w:trPr>
+          <w:trHeight w:val="217"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB33D77" w14:textId="77777777" w:rsidR="00CA494B" w:rsidRPr="00A911DC" w:rsidRDefault="00CA494B" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6238" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3949D453" w14:textId="21CDC2CD" w:rsidR="00CA494B" w:rsidRPr="00A911DC" w:rsidRDefault="0081402E" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Popietė </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA494B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>„Šviesos vaikai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="606342AD" w14:textId="1D7CB164" w:rsidR="00CA494B" w:rsidRPr="00A911DC" w:rsidRDefault="00CA494B" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A1C869" w14:textId="77777777" w:rsidR="00CA494B" w:rsidRDefault="00CA494B" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30 d. </w:t>
+            </w:r>
+            <w:r w:rsidR="0081402E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>11.25 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B01CE79" w14:textId="491974C7" w:rsidR="0081402E" w:rsidRPr="00A911DC" w:rsidRDefault="0081402E" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5AD9D0" w14:textId="6D439478" w:rsidR="00CA494B" w:rsidRPr="00A911DC" w:rsidRDefault="00CA494B" w:rsidP="00F14BD4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2977"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1-4 klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00710FC1" w:rsidRPr="00A911DC" w14:paraId="59894695" w14:textId="77777777" w:rsidTr="00085506">
         <w:trPr>
           <w:trHeight w:val="217"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="845" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E84D9C6" w14:textId="77777777" w:rsidR="00710FC1" w:rsidRPr="00A911DC" w:rsidRDefault="00710FC1" w:rsidP="00710FC1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2977"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
@@ -2596,72 +2863,74 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2977"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4037DB78" w14:textId="77777777" w:rsidR="00CF64F0" w:rsidRDefault="00CF64F0" w:rsidP="00A911DC">
+          <w:p w14:paraId="7470ED0D" w14:textId="77777777" w:rsidR="00A911DC" w:rsidRDefault="00CF64F0" w:rsidP="009400B0">
             <w:pPr>
               <w:pStyle w:val="prastasiniatinklio"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A911DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Pažintinė – edukacinė išvyka į Druskininkus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3617E57A" w14:textId="7FA38BD1" w:rsidR="00A911DC" w:rsidRPr="00A911DC" w:rsidRDefault="00A911DC" w:rsidP="00CF64F0">
+          <w:p w14:paraId="3617E57A" w14:textId="2E2249AB" w:rsidR="009400B0" w:rsidRPr="009400B0" w:rsidRDefault="009400B0" w:rsidP="009400B0">
             <w:pPr>
               <w:pStyle w:val="prastasiniatinklio"/>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DCB4C7D" w14:textId="7071EB79" w:rsidR="00CF64F0" w:rsidRPr="00A911DC" w:rsidRDefault="00CF64F0" w:rsidP="00CF64F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A911DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
@@ -3704,60 +3973,50 @@
           <w:p w14:paraId="1DED6F9C" w14:textId="7BD65D4F" w:rsidR="00493DFD" w:rsidRPr="00A911DC" w:rsidRDefault="00493DFD" w:rsidP="00493DFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2977"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A911DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Mokytoj</w:t>
             </w:r>
             <w:r w:rsidR="00733900" w:rsidRPr="00A911DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>ai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A0E6C77" w14:textId="77777777" w:rsidR="00165759" w:rsidRPr="00A911DC" w:rsidRDefault="00165759" w:rsidP="00065430">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1664175B" w14:textId="77777777" w:rsidR="00EF02F1" w:rsidRPr="00A911DC" w:rsidRDefault="00EF02F1" w:rsidP="00065430">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18E0B6EF" w14:textId="1E4278A0" w:rsidR="00EF02F1" w:rsidRPr="00A911DC" w:rsidRDefault="005807A5" w:rsidP="005807A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A911DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>____________________________</w:t>
@@ -4829,76 +5088,78 @@
     <w:rsid w:val="007079C8"/>
     <w:rsid w:val="00710FC1"/>
     <w:rsid w:val="00711A54"/>
     <w:rsid w:val="00714D17"/>
     <w:rsid w:val="007302C1"/>
     <w:rsid w:val="00733900"/>
     <w:rsid w:val="00736DF0"/>
     <w:rsid w:val="00745B80"/>
     <w:rsid w:val="007464E7"/>
     <w:rsid w:val="007547BF"/>
     <w:rsid w:val="00766611"/>
     <w:rsid w:val="00784127"/>
     <w:rsid w:val="00787B87"/>
     <w:rsid w:val="007910C8"/>
     <w:rsid w:val="007A5008"/>
     <w:rsid w:val="007B1777"/>
     <w:rsid w:val="007B5526"/>
     <w:rsid w:val="007C5699"/>
     <w:rsid w:val="007C612F"/>
     <w:rsid w:val="007F1E88"/>
     <w:rsid w:val="007F7819"/>
     <w:rsid w:val="007F7BD3"/>
     <w:rsid w:val="0080542F"/>
     <w:rsid w:val="00806B18"/>
     <w:rsid w:val="0081142B"/>
+    <w:rsid w:val="0081402E"/>
     <w:rsid w:val="0082665D"/>
     <w:rsid w:val="00840872"/>
     <w:rsid w:val="008701D9"/>
     <w:rsid w:val="00875753"/>
     <w:rsid w:val="0088195C"/>
     <w:rsid w:val="00881D45"/>
     <w:rsid w:val="00883E2C"/>
     <w:rsid w:val="00891A7E"/>
     <w:rsid w:val="00892FE3"/>
     <w:rsid w:val="008A7C6C"/>
     <w:rsid w:val="008B1D2A"/>
     <w:rsid w:val="008B5A41"/>
     <w:rsid w:val="008B7C8C"/>
     <w:rsid w:val="008C00B4"/>
     <w:rsid w:val="008D1D26"/>
     <w:rsid w:val="008D6623"/>
     <w:rsid w:val="008E4083"/>
     <w:rsid w:val="008F5EFD"/>
     <w:rsid w:val="00902C3E"/>
     <w:rsid w:val="00913A6F"/>
     <w:rsid w:val="00915386"/>
     <w:rsid w:val="0091559A"/>
     <w:rsid w:val="00932BB0"/>
     <w:rsid w:val="0093566C"/>
     <w:rsid w:val="00935747"/>
     <w:rsid w:val="0093708A"/>
+    <w:rsid w:val="009400B0"/>
     <w:rsid w:val="00946FDE"/>
     <w:rsid w:val="0095279B"/>
     <w:rsid w:val="00955089"/>
     <w:rsid w:val="0095587B"/>
     <w:rsid w:val="00972817"/>
     <w:rsid w:val="009733E7"/>
     <w:rsid w:val="00974309"/>
     <w:rsid w:val="00984298"/>
     <w:rsid w:val="00992B88"/>
     <w:rsid w:val="00996777"/>
     <w:rsid w:val="009B49D7"/>
     <w:rsid w:val="009C5164"/>
     <w:rsid w:val="009E7357"/>
     <w:rsid w:val="00A03F2E"/>
     <w:rsid w:val="00A04B9B"/>
     <w:rsid w:val="00A074FD"/>
     <w:rsid w:val="00A078D2"/>
     <w:rsid w:val="00A12FA7"/>
     <w:rsid w:val="00A25923"/>
     <w:rsid w:val="00A33030"/>
     <w:rsid w:val="00A37857"/>
     <w:rsid w:val="00A37A8D"/>
     <w:rsid w:val="00A4085B"/>
     <w:rsid w:val="00A422C6"/>
     <w:rsid w:val="00A57CA4"/>
@@ -4935,96 +5196,98 @@
     <w:rsid w:val="00BC5441"/>
     <w:rsid w:val="00BC768C"/>
     <w:rsid w:val="00C00317"/>
     <w:rsid w:val="00C003D0"/>
     <w:rsid w:val="00C16302"/>
     <w:rsid w:val="00C22226"/>
     <w:rsid w:val="00C24A57"/>
     <w:rsid w:val="00C26ABE"/>
     <w:rsid w:val="00C31629"/>
     <w:rsid w:val="00C32C5F"/>
     <w:rsid w:val="00C3595E"/>
     <w:rsid w:val="00C36957"/>
     <w:rsid w:val="00C43009"/>
     <w:rsid w:val="00C437F8"/>
     <w:rsid w:val="00C44303"/>
     <w:rsid w:val="00C4538E"/>
     <w:rsid w:val="00C52597"/>
     <w:rsid w:val="00C57C70"/>
     <w:rsid w:val="00C619D0"/>
     <w:rsid w:val="00C64EB3"/>
     <w:rsid w:val="00C726EF"/>
     <w:rsid w:val="00C73E32"/>
     <w:rsid w:val="00C82A3A"/>
     <w:rsid w:val="00C93C72"/>
     <w:rsid w:val="00CA37B8"/>
+    <w:rsid w:val="00CA494B"/>
     <w:rsid w:val="00CA58A1"/>
     <w:rsid w:val="00CB3FC0"/>
     <w:rsid w:val="00CB48D9"/>
     <w:rsid w:val="00CB4A8B"/>
     <w:rsid w:val="00CB7369"/>
     <w:rsid w:val="00CB7610"/>
     <w:rsid w:val="00CD09B8"/>
     <w:rsid w:val="00CD747D"/>
     <w:rsid w:val="00CE0287"/>
     <w:rsid w:val="00CF10FD"/>
     <w:rsid w:val="00CF46AA"/>
     <w:rsid w:val="00CF64F0"/>
     <w:rsid w:val="00CF79CF"/>
     <w:rsid w:val="00D14227"/>
     <w:rsid w:val="00D2086F"/>
     <w:rsid w:val="00D2328E"/>
     <w:rsid w:val="00D3542E"/>
     <w:rsid w:val="00D36E5B"/>
     <w:rsid w:val="00D41AA4"/>
     <w:rsid w:val="00D50107"/>
     <w:rsid w:val="00D61AE5"/>
     <w:rsid w:val="00D72014"/>
     <w:rsid w:val="00D72C42"/>
     <w:rsid w:val="00D7402A"/>
     <w:rsid w:val="00D800EB"/>
     <w:rsid w:val="00D826BD"/>
     <w:rsid w:val="00D9085C"/>
     <w:rsid w:val="00D932BB"/>
     <w:rsid w:val="00D94201"/>
     <w:rsid w:val="00DA16A8"/>
     <w:rsid w:val="00DA39F3"/>
     <w:rsid w:val="00DA7108"/>
     <w:rsid w:val="00DB05E4"/>
     <w:rsid w:val="00DB608C"/>
     <w:rsid w:val="00DC4B16"/>
     <w:rsid w:val="00DC5413"/>
     <w:rsid w:val="00DD0946"/>
     <w:rsid w:val="00DD1BD1"/>
     <w:rsid w:val="00DD3BBC"/>
     <w:rsid w:val="00DD4AEF"/>
     <w:rsid w:val="00DE65BF"/>
     <w:rsid w:val="00DF40BC"/>
     <w:rsid w:val="00E0036E"/>
     <w:rsid w:val="00E05855"/>
     <w:rsid w:val="00E149E0"/>
     <w:rsid w:val="00E216EB"/>
+    <w:rsid w:val="00E21B4D"/>
     <w:rsid w:val="00E41B05"/>
     <w:rsid w:val="00E504A1"/>
     <w:rsid w:val="00E50D89"/>
     <w:rsid w:val="00E57EC5"/>
     <w:rsid w:val="00E637EA"/>
     <w:rsid w:val="00E70097"/>
     <w:rsid w:val="00E815AC"/>
     <w:rsid w:val="00E86BCE"/>
     <w:rsid w:val="00E873E1"/>
     <w:rsid w:val="00E91571"/>
     <w:rsid w:val="00EA0675"/>
     <w:rsid w:val="00EA6065"/>
     <w:rsid w:val="00EB6103"/>
     <w:rsid w:val="00EC222E"/>
     <w:rsid w:val="00EC3A97"/>
     <w:rsid w:val="00ED02C4"/>
     <w:rsid w:val="00EE508D"/>
     <w:rsid w:val="00EE55A7"/>
     <w:rsid w:val="00EE6FE3"/>
     <w:rsid w:val="00EE7166"/>
     <w:rsid w:val="00EF02F1"/>
     <w:rsid w:val="00EF48E0"/>
     <w:rsid w:val="00F03EE9"/>
     <w:rsid w:val="00F0755C"/>
     <w:rsid w:val="00F14BD4"/>
@@ -5612,50 +5875,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="506797160">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="529227773">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="751508374">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="778180718">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -6340,73 +6616,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2057</Words>
-  <Characters>1173</Characters>
+  <Words>2190</Words>
+  <Characters>1249</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>10</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ziburelis</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3224</CharactersWithSpaces>
+  <CharactersWithSpaces>3433</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Aukletoja</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>